--- v0 (2025-12-06)
+++ v1 (2026-02-20)
@@ -245,112 +245,134 @@
       <w:r w:rsidRPr="009C62D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>: …………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C62D9" w:rsidRPr="009C62D9" w:rsidRDefault="009C62D9" w:rsidP="009C62D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C62D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>NIF: …………………………………………………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C62D9" w:rsidRPr="009C62D9" w:rsidRDefault="009C62D9" w:rsidP="009C62D9">
+    <w:p w:rsidR="001A04C0" w:rsidRDefault="001A04C0" w:rsidP="009C62D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...6 lines deleted...]
-        <w:t>representada por</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Domicilio: ……………………………………………………………………….</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C62D9" w:rsidRPr="009C62D9" w:rsidRDefault="009C62D9" w:rsidP="009C62D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C62D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>Nombre y Apellidos: ………………………………………………………………………………</w:t>
+        <w:t>representada por</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C62D9" w:rsidRPr="009C62D9" w:rsidRDefault="009C62D9" w:rsidP="009C62D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C62D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>DNI o DAI: ……………………………………………………………………………………........</w:t>
+        <w:t>Nombre y Apellidos: ………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C62D9" w:rsidRPr="009C62D9" w:rsidRDefault="009C62D9" w:rsidP="009C62D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009C62D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>DNI o DAI: ……………………………………………………………………………………........</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C62D9" w:rsidRPr="009C62D9" w:rsidRDefault="001A04C0" w:rsidP="009C62D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Domicilio: …………………………………………………………………………………….</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="009C62D9" w:rsidRPr="009C62D9" w:rsidRDefault="009C62D9" w:rsidP="009C62D9">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C62D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Secretario/a:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C62D9" w:rsidRPr="009C62D9" w:rsidRDefault="009C62D9" w:rsidP="009C62D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
@@ -391,139 +413,231 @@
       <w:r w:rsidRPr="009C62D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>: …………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C62D9" w:rsidRPr="009C62D9" w:rsidRDefault="009C62D9" w:rsidP="009C62D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C62D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>NIF: …………………………………………… ……………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C62D9" w:rsidRPr="009C62D9" w:rsidRDefault="009C62D9" w:rsidP="009C62D9">
+    <w:p w:rsidR="001A04C0" w:rsidRDefault="001A04C0" w:rsidP="009C62D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C62D9">
-[...4 lines deleted...]
-        <w:t>representada por:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Domicilio: ………………………………………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C62D9" w:rsidRPr="009C62D9" w:rsidRDefault="009C62D9" w:rsidP="009C62D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C62D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>Nombre y Apellidos: ………………………………………………………………………………</w:t>
+        <w:t>representada por:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C62D9" w:rsidRPr="009C62D9" w:rsidRDefault="009C62D9" w:rsidP="009C62D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C62D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
+        <w:t>Nombre y Apellidos: ………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C62D9" w:rsidRDefault="009C62D9" w:rsidP="009C62D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C62D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
         <w:t>DNI o DAI: ……………………………………………………………………………………........</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A04C0" w:rsidRPr="009C62D9" w:rsidRDefault="001A04C0" w:rsidP="009C62D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Domicilio: …………………………………………………………………………………….</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C62D9" w:rsidRPr="009C62D9" w:rsidRDefault="009C62D9" w:rsidP="009C62D9">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C62D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Otros cargos: </w:t>
       </w:r>
       <w:r w:rsidRPr="009C62D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>(Vicepresidente/a, Tesorero/a, Vocales) (</w:t>
       </w:r>
       <w:r w:rsidRPr="009C62D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>Indicar en cada caso: cargo, denominación de la entidad socia que ostenta el cargo y Nombre y Apellidos, DNI o DAI de la persona que la representa</w:t>
+        <w:t>Indicar en cada caso: cargo, denominación de la entidad socia que ostenta el cargo</w:t>
+      </w:r>
+      <w:r w:rsidR="00751789">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>, NIF</w:t>
+      </w:r>
+      <w:r w:rsidR="003B175E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="009C62D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y Nombre y Apellidos, DNI o DAI de la persona que la representa</w:t>
+      </w:r>
+      <w:r w:rsidR="00751789">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y domicilio de ambos</w:t>
       </w:r>
       <w:r w:rsidRPr="009C62D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C62D9" w:rsidRPr="009C62D9" w:rsidRDefault="009C62D9" w:rsidP="009C62D9">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C62D9">
         <w:rPr>
@@ -570,83 +684,91 @@
     </w:p>
     <w:p w:rsidR="009C62D9" w:rsidRPr="009C62D9" w:rsidRDefault="009C62D9" w:rsidP="009C62D9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C62D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">3º. Que se consiente que, por </w:t>
       </w:r>
       <w:r w:rsidRPr="009C62D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>la Administración encargada de la inscripción registral, sean comprobados los datos de identidad de las y los firmantes a través de los Servicios de Verificación y Consulta de Datos (SVCD) o sistemas equivalentes.</w:t>
+        <w:t xml:space="preserve">la Administración encargada de la inscripción registral, sean comprobados los datos de identidad de las y los firmantes a través de los Servicios de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C62D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Verificación y Consulta de Datos (SVCD) o sistemas equivalentes.</w:t>
       </w:r>
       <w:r w:rsidRPr="009C62D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C62D9" w:rsidRPr="009C62D9" w:rsidRDefault="009C62D9" w:rsidP="009C62D9">
       <w:pPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C62D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>En ……………………………………, a …….... de ……</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009C62D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009C62D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>…….de 20..…</w:t>
       </w:r>
     </w:p>
@@ -1563,51 +1685,51 @@
               </w:rPr>
               <w:t>Nombre y Apellidos</w:t>
             </w:r>
             <w:r w:rsidRPr="009C62D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>: ………………………..</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="009C62D9" w:rsidRPr="009C62D9" w:rsidRDefault="009C62D9" w:rsidP="009C62D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00213F74" w:rsidRDefault="00F46606"/>
+    <w:p w:rsidR="00213F74" w:rsidRDefault="003B175E"/>
     <w:sectPr w:rsidR="00213F74" w:rsidSect="005F677D">
       <w:footerReference w:type="even" r:id="rId6"/>
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="first" r:id="rId8"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="851" w:left="1701" w:header="720" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00F46606" w:rsidRDefault="00F46606" w:rsidP="009C62D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
@@ -1678,137 +1800,137 @@
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="007C5D2B" w:rsidRDefault="00F46606">
+  <w:p w:rsidR="007C5D2B" w:rsidRDefault="003B175E">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="007C5D2B" w:rsidRDefault="009A62FB">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00F47AC0">
+    <w:r w:rsidR="003B175E">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="007C5D2B" w:rsidRDefault="00F46606">
+  <w:p w:rsidR="007C5D2B" w:rsidRDefault="003B175E">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00970812" w:rsidRDefault="009A62FB">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00F47AC0">
+    <w:r w:rsidR="003B175E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00970812" w:rsidRDefault="00F46606">
+  <w:p w:rsidR="00970812" w:rsidRDefault="003B175E">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00F46606" w:rsidRDefault="00F46606" w:rsidP="009C62D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00F46606" w:rsidRDefault="00F46606" w:rsidP="009C62D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
@@ -1940,108 +2062,111 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D547B8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00D547B8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> Si no se presta el consentimiento, debe aportarse fotocopia de documento o tarjeta de identidad.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="102"/>
+  <w:zoom w:percent="122"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009C62D9"/>
     <w:rsid w:val="0012449A"/>
+    <w:rsid w:val="001A04C0"/>
+    <w:rsid w:val="003B175E"/>
     <w:rsid w:val="00482FE3"/>
+    <w:rsid w:val="00751789"/>
     <w:rsid w:val="00985815"/>
     <w:rsid w:val="009A62FB"/>
     <w:rsid w:val="009C62D9"/>
     <w:rsid w:val="00A60836"/>
     <w:rsid w:val="00E876EF"/>
     <w:rsid w:val="00EC5462"/>
     <w:rsid w:val="00F46606"/>
     <w:rsid w:val="00F47AC0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PersonName"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1B8FE289"/>
+  <w14:docId w14:val="1B402E6D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2900B9BA-F891-4006-B245-AEED74F9C6CF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -2777,69 +2902,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>388</Words>
-  <Characters>2140</Characters>
+  <Words>420</Words>
+  <Characters>2310</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
+  <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Gobierno de Navarra</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2523</CharactersWithSpaces>
+  <CharactersWithSpaces>2725</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Galarregui Argarate, Ainhoa (Secretariado del Gobierno)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>