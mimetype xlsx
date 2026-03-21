--- v0 (2025-10-19)
+++ v1 (2026-03-21)
@@ -3,55 +3,55 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\DATOS\2025\CONVOCATORIAS DE AYUDAS 2025\GENERAZINEMA 2025\5. DESARROLLO (3595)\TRAMITACION EXPEDIENTES OF BASES\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Centcs01srv04\g0124006\DATOS\2025\CONVOCATORIAS DE AYUDAS 2025\GENERAZINEMA 2025\5. DESARROLLO (3595)\TRAMITACION EXPEDIENTES OF BASES\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12450"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12456"/>
   </bookViews>
   <sheets>
     <sheet name="Modificaciones Presupuestarias" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F15" i="1" l="1"/>
   <c r="C16" i="1" s="1"/>
   <c r="E15" i="1"/>
   <c r="E25" i="1" s="1"/>
   <c r="G6" i="1"/>
   <c r="G7" i="1"/>
   <c r="G8" i="1"/>
   <c r="G9" i="1"/>
   <c r="G10" i="1"/>
   <c r="G11" i="1"/>
@@ -97,298 +97,68 @@
   <c r="H8" i="1"/>
   <c r="H9" i="1"/>
   <c r="H10" i="1"/>
   <c r="H11" i="1"/>
   <c r="H12" i="1"/>
   <c r="H13" i="1"/>
   <c r="H14" i="1"/>
   <c r="H5" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="37">
   <si>
     <t>CONCEPTO</t>
   </si>
   <si>
     <t>DESVIACIÓN
 €</t>
   </si>
   <si>
     <t>DESVIACIÓN
 %</t>
   </si>
   <si>
-    <r>
-[...205 lines deleted...]
-  <si>
     <t>IMPORTE  PRESUPUESTO ACEPTADO</t>
   </si>
   <si>
     <t>IMPORTE PRESUPUESTO MODIFICADO</t>
   </si>
   <si>
     <t>CAUSA DE LA MODIFICACIÓN</t>
   </si>
   <si>
     <t>RESUMEN Y EXPLICACIÓN DE MODIFICACIONES</t>
   </si>
   <si>
     <t>PRODUCTORA</t>
   </si>
   <si>
     <t>PROYECTO</t>
   </si>
   <si>
-    <r>
-[...21 lines deleted...]
-  <si>
     <t>Limitado al 40% de la base de cálculo</t>
   </si>
   <si>
     <t>Limitado al 15% de la base de cálculo</t>
   </si>
   <si>
     <t>Limitado al 20% de la base de cálculo</t>
   </si>
   <si>
     <t>Limitado al 10% de la base de cálculo</t>
   </si>
   <si>
     <t>CORRECCIÓN COSTES LIMITADOS:</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">h. </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
@@ -421,73 +191,50 @@
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Gastos financieros </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">n. </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Producción ejecutiva </t>
     </r>
   </si>
   <si>
     <t>Deben coincidir el importe total de presupuesto aceptado y el importe total del presupuesto modificado</t>
-  </si>
-[...21 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> PRESUPUESTARIAS DESARROLLO       </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>FICCIÓN-DOC</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
@@ -498,187 +245,600 @@
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Cumplimentar únicamente las casillas en color blanco</t>
     </r>
   </si>
   <si>
     <t>IMPORTE TOTAL</t>
   </si>
   <si>
+    <t>BASE DE CÁLCULO PARA DETERMINAR EL IMPORTE MÁXIMO DE COSTES LIMITADOS</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
+      <t>a.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Adquisición de los derechos de autoría de la obra o Script Doctoring </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="16"/>
+        <color theme="0" tint="-0.14999847407452621"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(a)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>b.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Guion </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="16"/>
+        <color theme="0" tint="-0.14999847407452621"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(b)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>c.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Diseño y elaboración material promocional. Storyboard </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(animación</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="0" tint="-0.14999847407452621"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="16"/>
+        <color theme="0" tint="-0.14999847407452621"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(c)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
       <t>d.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Elaboración del presupuesto global del proyecto (</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>incluido plan de marketing y distribución, y plan integral de financiación</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>)</t>
+      <t xml:space="preserve">) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="16"/>
+        <color theme="0" tint="-0.14999847407452621"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(d)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>c.</t>
-[...9 lines deleted...]
-      <t xml:space="preserve"> Diseño y elaboración material promocional. Storyboard </t>
+      <t>e.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Mercados y foros de coproducción (alojamiento, desplazamiento y acreditaciones) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="16"/>
+        <color theme="0" tint="-0.14999847407452621"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(e)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>f.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Casting y búsqueda de localizaciones </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="16"/>
+        <color theme="0" tint="-0.14999847407452621"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(f)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>g.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Tareas de documentación y búsqueda de archivos, gráfica </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(animación</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>)</t>
+      <t xml:space="preserve">) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="16"/>
+        <color theme="0" tint="-0.14999847407452621"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(g)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>g.</t>
-[...33 lines deleted...]
-    <t>BASE DE CÁLCULO PARA DETERMINAR EL IMPORTE MÁXIMO DE COSTES LIMITADOS</t>
+      <t>i.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Asesoría jurídica y fiscal</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="0" tint="-0.14999847407452621"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="16"/>
+        <color theme="0" tint="-0.14999847407452621"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(i)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>j.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Coste de amortización fiscalmente deducible </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="16"/>
+        <color theme="0" tint="-0.14999847407452621"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(j)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>k.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Contratación de medios externos vinculados a la conciliación y sostenibilidad </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="16"/>
+        <color theme="0" tint="-0.14999847407452621"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(k)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>h.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Gastos de personal corregido según SMI </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="16"/>
+        <color theme="0" tint="-0.14999847407452621"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(h)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>l.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Gastos generales </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="16"/>
+        <color theme="0" tint="-0.14999847407452621"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(l)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>m.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Gastos financieros </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="16"/>
+        <color theme="0" tint="-0.14999847407452621"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(m)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>n.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Producción ejecutiva </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="16"/>
+        <color theme="0" tint="-0.14999847407452621"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(n)</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="19" x14ac:knownFonts="1">
+  <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
@@ -780,50 +940,64 @@
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="16"/>
+      <color theme="0" tint="-0.14999847407452621"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="0" tint="-0.14999847407452621"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="9">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD6A300"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -1155,294 +1329,298 @@
       <right style="medium">
         <color rgb="FFD6A300"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FFD6A300"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FFD6A300"/>
       </right>
       <top style="medium">
         <color rgb="FFD6A300"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="65">
+  <cellXfs count="66">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="9" fontId="2" fillId="3" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="2" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="3" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="2" fillId="3" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" wrapText="1" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" wrapText="1" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" wrapText="1" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="5" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="5" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="2"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="2"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
-[...9 lines deleted...]
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...101 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="6" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="2"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="6" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="2"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="6" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="6" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection hidden="1"/>
-[...40 lines deleted...]
-      <alignment horizontal="left" indent="2"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Porcentaje" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFD6A300"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -1704,609 +1882,609 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FFD6A300"/>
   </sheetPr>
   <dimension ref="A1:I49"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="H1" sqref="H1:I1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="41.42578125" style="2" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="10" max="16384" width="11.42578125" style="2"/>
+    <col min="1" max="1" width="41.44140625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="45.88671875" style="2" customWidth="1"/>
+    <col min="3" max="3" width="19.109375" style="2" customWidth="1"/>
+    <col min="4" max="4" width="4.5546875" style="2" customWidth="1"/>
+    <col min="5" max="7" width="18.6640625" style="2" customWidth="1"/>
+    <col min="8" max="8" width="15.6640625" style="2" customWidth="1"/>
+    <col min="9" max="9" width="79.5546875" style="2" customWidth="1"/>
+    <col min="10" max="16384" width="11.44140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D1" s="49"/>
+    <row r="1" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="62" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1" s="63"/>
+      <c r="C1" s="43"/>
+      <c r="D1" s="43"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="6" t="s">
-        <v>16</v>
-[...10 lines deleted...]
-      <c r="D2" s="50"/>
+        <v>7</v>
+      </c>
+      <c r="H1" s="58"/>
+      <c r="I1" s="59"/>
+    </row>
+    <row r="2" spans="1:9" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="64" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" s="65"/>
+      <c r="C2" s="44"/>
+      <c r="D2" s="44"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="7" t="s">
-        <v>17</v>
-[...10 lines deleted...]
-      <c r="A4" s="63" t="s">
+        <v>8</v>
+      </c>
+      <c r="H2" s="60"/>
+      <c r="I2" s="61"/>
+    </row>
+    <row r="3" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="54" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="53" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="19"/>
-[...1 lines deleted...]
-      <c r="D4" s="18"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="16"/>
       <c r="E4" s="8" t="s">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="F4" s="8" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="G4" s="8" t="s">
         <v>1</v>
       </c>
       <c r="H4" s="8" t="s">
         <v>2</v>
       </c>
       <c r="I4" s="9" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-      <c r="D5" s="20"/>
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" ht="21" x14ac:dyDescent="0.4">
+      <c r="A5" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" s="19"/>
+      <c r="C5" s="19"/>
+      <c r="D5" s="18"/>
       <c r="E5" s="10"/>
       <c r="F5" s="10"/>
       <c r="G5" s="11">
         <f>F5-E5</f>
         <v>0</v>
       </c>
       <c r="H5" s="12" t="str">
         <f>IFERROR(G5/E5,"")</f>
         <v/>
       </c>
-      <c r="I5" s="13"/>
-[...9 lines deleted...]
-      <c r="F6" s="14"/>
+      <c r="I5" s="55"/>
+    </row>
+    <row r="6" spans="1:9" ht="21" x14ac:dyDescent="0.4">
+      <c r="A6" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="19"/>
+      <c r="C6" s="19"/>
+      <c r="D6" s="18"/>
+      <c r="E6" s="13"/>
+      <c r="F6" s="13"/>
       <c r="G6" s="11">
         <f t="shared" ref="G6:G14" si="0">F6-E6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="16" t="str">
+      <c r="H6" s="15" t="str">
         <f t="shared" ref="H6:H14" si="1">IFERROR(G6/E6,"")</f>
         <v/>
       </c>
-      <c r="I6" s="17"/>
-[...9 lines deleted...]
-      <c r="F7" s="14"/>
+      <c r="I6" s="56"/>
+    </row>
+    <row r="7" spans="1:9" ht="21" x14ac:dyDescent="0.4">
+      <c r="A7" s="19" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="19"/>
+      <c r="C7" s="19"/>
+      <c r="D7" s="18"/>
+      <c r="E7" s="13"/>
+      <c r="F7" s="13"/>
       <c r="G7" s="11">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H7" s="16" t="str">
+      <c r="H7" s="15" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="I7" s="17"/>
-[...9 lines deleted...]
-      <c r="F8" s="14"/>
+      <c r="I7" s="56"/>
+    </row>
+    <row r="8" spans="1:9" ht="21" x14ac:dyDescent="0.4">
+      <c r="A8" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="19"/>
+      <c r="C8" s="19"/>
+      <c r="D8" s="18"/>
+      <c r="E8" s="13"/>
+      <c r="F8" s="13"/>
       <c r="G8" s="11">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H8" s="16" t="str">
+      <c r="H8" s="15" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="I8" s="17"/>
-[...9 lines deleted...]
-      <c r="F9" s="14"/>
+      <c r="I8" s="56"/>
+    </row>
+    <row r="9" spans="1:9" ht="21" x14ac:dyDescent="0.4">
+      <c r="A9" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" s="19"/>
+      <c r="C9" s="19"/>
+      <c r="D9" s="18"/>
+      <c r="E9" s="13"/>
+      <c r="F9" s="13"/>
       <c r="G9" s="11">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H9" s="16" t="str">
+      <c r="H9" s="15" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="I9" s="17"/>
-[...9 lines deleted...]
-      <c r="F10" s="14"/>
+      <c r="I9" s="56"/>
+    </row>
+    <row r="10" spans="1:9" ht="21" x14ac:dyDescent="0.4">
+      <c r="A10" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" s="19"/>
+      <c r="C10" s="19"/>
+      <c r="D10" s="18"/>
+      <c r="E10" s="13"/>
+      <c r="F10" s="13"/>
       <c r="G10" s="11">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H10" s="16" t="str">
+      <c r="H10" s="15" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="I10" s="17"/>
-[...9 lines deleted...]
-      <c r="F11" s="14"/>
+      <c r="I10" s="56"/>
+    </row>
+    <row r="11" spans="1:9" ht="21" x14ac:dyDescent="0.4">
+      <c r="A11" s="19" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="19"/>
+      <c r="C11" s="19"/>
+      <c r="D11" s="18"/>
+      <c r="E11" s="13"/>
+      <c r="F11" s="13"/>
       <c r="G11" s="11">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H11" s="16" t="str">
+      <c r="H11" s="15" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="I11" s="17"/>
-[...9 lines deleted...]
-      <c r="F12" s="14"/>
+      <c r="I11" s="56"/>
+    </row>
+    <row r="12" spans="1:9" ht="21" x14ac:dyDescent="0.4">
+      <c r="A12" s="19" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="19"/>
+      <c r="C12" s="19"/>
+      <c r="D12" s="18"/>
+      <c r="E12" s="13"/>
+      <c r="F12" s="13"/>
       <c r="G12" s="11">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H12" s="16" t="str">
+      <c r="H12" s="15" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="I12" s="17"/>
-[...9 lines deleted...]
-      <c r="F13" s="14"/>
+      <c r="I12" s="56"/>
+    </row>
+    <row r="13" spans="1:9" ht="21" x14ac:dyDescent="0.4">
+      <c r="A13" s="19" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="19"/>
+      <c r="C13" s="19"/>
+      <c r="D13" s="18"/>
+      <c r="E13" s="13"/>
+      <c r="F13" s="13"/>
       <c r="G13" s="11">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H13" s="16" t="str">
+      <c r="H13" s="15" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="I13" s="17"/>
-[...9 lines deleted...]
-      <c r="F14" s="14"/>
+      <c r="I13" s="56"/>
+    </row>
+    <row r="14" spans="1:9" ht="21" x14ac:dyDescent="0.4">
+      <c r="A14" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="19"/>
+      <c r="C14" s="19"/>
+      <c r="D14" s="18"/>
+      <c r="E14" s="13"/>
+      <c r="F14" s="13"/>
       <c r="G14" s="11">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H14" s="16" t="str">
+      <c r="H14" s="15" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="I14" s="17"/>
-[...8 lines deleted...]
-      <c r="E15" s="55">
+      <c r="I14" s="56"/>
+    </row>
+    <row r="15" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="20"/>
+      <c r="B15" s="21"/>
+      <c r="C15" s="20"/>
+      <c r="D15" s="52" t="s">
+        <v>22</v>
+      </c>
+      <c r="E15" s="45">
         <f>SUM(E5:E14)</f>
         <v>0</v>
       </c>
-      <c r="F15" s="55">
+      <c r="F15" s="45">
         <f>SUM(F5:F14)</f>
         <v>0</v>
       </c>
-      <c r="G15" s="56"/>
-[...10 lines deleted...]
-      <c r="C16" s="43" t="str">
+      <c r="G15" s="46"/>
+      <c r="H15" s="46"/>
+      <c r="I15" s="46"/>
+    </row>
+    <row r="16" spans="1:9" ht="21" x14ac:dyDescent="0.4">
+      <c r="A16" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" s="32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" s="41" t="str">
         <f>IF(F16&gt;0.4*$F$15,"Límite superado","")</f>
         <v/>
       </c>
-      <c r="D16" s="35"/>
-[...2 lines deleted...]
-      <c r="G16" s="15">
+      <c r="D16" s="33"/>
+      <c r="E16" s="13"/>
+      <c r="F16" s="13"/>
+      <c r="G16" s="14">
         <f>IF(C16="",F16-E16,"")</f>
         <v>0</v>
       </c>
-      <c r="H16" s="16" t="str">
+      <c r="H16" s="15" t="str">
         <f t="shared" ref="H16:H19" si="2">IFERROR(G16/E16,"")</f>
         <v/>
       </c>
-      <c r="I16" s="17"/>
-[...8 lines deleted...]
-      <c r="C17" s="44" t="str">
+      <c r="I16" s="56"/>
+    </row>
+    <row r="17" spans="1:9" ht="21" x14ac:dyDescent="0.4">
+      <c r="A17" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>10</v>
+      </c>
+      <c r="C17" s="42" t="str">
         <f>IF(F17&gt;0.15*$F$15,"Límite superado","")</f>
         <v/>
       </c>
-      <c r="D17" s="20"/>
-[...2 lines deleted...]
-      <c r="G17" s="15">
+      <c r="D17" s="18"/>
+      <c r="E17" s="13"/>
+      <c r="F17" s="13"/>
+      <c r="G17" s="14">
         <f t="shared" ref="G17:G19" si="3">IF(C17="",F17-E17,"")</f>
         <v>0</v>
       </c>
-      <c r="H17" s="16" t="str">
+      <c r="H17" s="15" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="I17" s="17"/>
-[...8 lines deleted...]
-      <c r="C18" s="44" t="str">
+      <c r="I17" s="56"/>
+    </row>
+    <row r="18" spans="1:9" ht="21" x14ac:dyDescent="0.4">
+      <c r="A18" s="19" t="s">
+        <v>35</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="C18" s="42" t="str">
         <f>IF(F18&gt;0.2*$F$15,"Límite superado","")</f>
         <v/>
       </c>
-      <c r="D18" s="20"/>
-[...2 lines deleted...]
-      <c r="G18" s="15">
+      <c r="D18" s="18"/>
+      <c r="E18" s="13"/>
+      <c r="F18" s="13"/>
+      <c r="G18" s="14">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="H18" s="16" t="str">
+      <c r="H18" s="15" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="I18" s="17"/>
-[...8 lines deleted...]
-      <c r="C19" s="44" t="str">
+      <c r="I18" s="56"/>
+    </row>
+    <row r="19" spans="1:9" ht="21" x14ac:dyDescent="0.4">
+      <c r="A19" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>12</v>
+      </c>
+      <c r="C19" s="42" t="str">
         <f>IF(F19&gt;0.1*$F$15,"Límite superado","")</f>
         <v/>
       </c>
-      <c r="D19" s="20"/>
-[...2 lines deleted...]
-      <c r="G19" s="30">
+      <c r="D19" s="18"/>
+      <c r="E19" s="27"/>
+      <c r="F19" s="27"/>
+      <c r="G19" s="28">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="H19" s="31" t="str">
+      <c r="H19" s="29" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="I19" s="17"/>
-[...18 lines deleted...]
-      <c r="B21" s="27" t="str">
+      <c r="I19" s="56"/>
+    </row>
+    <row r="20" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="24" t="s">
+        <v>13</v>
+      </c>
+      <c r="B20" s="24"/>
+      <c r="C20" s="24"/>
+      <c r="D20" s="34"/>
+      <c r="E20" s="30"/>
+      <c r="F20" s="30"/>
+      <c r="G20" s="30"/>
+      <c r="H20" s="30"/>
+      <c r="I20" s="57"/>
+    </row>
+    <row r="21" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="B21" s="25" t="str">
         <f>IF(C16="","","Importe máximo aceptado")</f>
         <v/>
       </c>
-      <c r="C21" s="28">
+      <c r="C21" s="26">
         <f>IF(C16="",F15+F16,F15+F21)</f>
         <v>0</v>
       </c>
-      <c r="D21" s="36"/>
-[...1 lines deleted...]
-      <c r="F21" s="42" t="str">
+      <c r="D21" s="34"/>
+      <c r="E21" s="30"/>
+      <c r="F21" s="40" t="str">
         <f>IF(C16="","",0.4*$F$15)</f>
         <v/>
       </c>
-      <c r="G21" s="42" t="str">
+      <c r="G21" s="40" t="str">
         <f>IF(C16="Límite superado",F21-E16,"")</f>
         <v/>
       </c>
-      <c r="H21" s="41" t="str">
+      <c r="H21" s="39" t="str">
         <f>IF(C16="Límite superado",G21/E16,"")</f>
         <v/>
       </c>
-      <c r="I21" s="32"/>
-[...5 lines deleted...]
-      <c r="B22" s="27" t="str">
+      <c r="I21" s="57"/>
+    </row>
+    <row r="22" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="24" t="s">
+        <v>15</v>
+      </c>
+      <c r="B22" s="25" t="str">
         <f>IF(C17="","","Importe máximo aceptado")</f>
         <v/>
       </c>
-      <c r="C22" s="28">
+      <c r="C22" s="26">
         <f>IF(C17="",C21+F17,C21+F22)</f>
         <v>0</v>
       </c>
-      <c r="D22" s="36"/>
-[...1 lines deleted...]
-      <c r="F22" s="42" t="str">
+      <c r="D22" s="34"/>
+      <c r="E22" s="30"/>
+      <c r="F22" s="40" t="str">
         <f>IF(C17="","",0.15*$F$15)</f>
         <v/>
       </c>
-      <c r="G22" s="42" t="str">
+      <c r="G22" s="40" t="str">
         <f t="shared" ref="G22:G24" si="4">IF(C17="Límite superado",F22-E17,"")</f>
         <v/>
       </c>
-      <c r="H22" s="41" t="str">
+      <c r="H22" s="39" t="str">
         <f t="shared" ref="H22:H24" si="5">IF(C17="Límite superado",G22/E17,"")</f>
         <v/>
       </c>
-      <c r="I22" s="32"/>
-[...5 lines deleted...]
-      <c r="B23" s="27" t="str">
+      <c r="I22" s="57"/>
+    </row>
+    <row r="23" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" s="25" t="str">
         <f>IF(C18="","","Importe máximo aceptado")</f>
         <v/>
       </c>
-      <c r="C23" s="28">
+      <c r="C23" s="26">
         <f>IF(C18="",C22+F18,C22+F23)</f>
         <v>0</v>
       </c>
-      <c r="D23" s="36"/>
-[...1 lines deleted...]
-      <c r="F23" s="42" t="str">
+      <c r="D23" s="34"/>
+      <c r="E23" s="30"/>
+      <c r="F23" s="40" t="str">
         <f>IF(C18="","",0.2*$F$15)</f>
         <v/>
       </c>
-      <c r="G23" s="42" t="str">
+      <c r="G23" s="40" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="H23" s="41" t="str">
+      <c r="H23" s="39" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="I23" s="32"/>
-[...5 lines deleted...]
-      <c r="B24" s="38" t="str">
+      <c r="I23" s="57"/>
+    </row>
+    <row r="24" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="B24" s="36" t="str">
         <f>IF(C19="","","Importe máximo aceptado")</f>
         <v/>
       </c>
-      <c r="C24" s="39">
+      <c r="C24" s="37">
         <f>IF(C19="",C23+F19,C23+F24)</f>
         <v>0</v>
       </c>
-      <c r="D24" s="40"/>
-[...1 lines deleted...]
-      <c r="F24" s="42" t="str">
+      <c r="D24" s="38"/>
+      <c r="E24" s="30"/>
+      <c r="F24" s="40" t="str">
         <f>IF(C19="","",0.1*$F$15)</f>
         <v/>
       </c>
-      <c r="G24" s="42" t="str">
+      <c r="G24" s="40" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="H24" s="41" t="str">
+      <c r="H24" s="39" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
-      <c r="I24" s="32"/>
-[...10 lines deleted...]
-      <c r="E25" s="59">
+      <c r="I24" s="57"/>
+    </row>
+    <row r="25" spans="1:9" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="20"/>
+      <c r="B25" s="47" t="s">
+        <v>18</v>
+      </c>
+      <c r="C25" s="51" t="s">
+        <v>21</v>
+      </c>
+      <c r="D25" s="48"/>
+      <c r="E25" s="49">
         <f>SUM(E15:E19)</f>
         <v>0</v>
       </c>
-      <c r="F25" s="60">
+      <c r="F25" s="50">
         <f>C24</f>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A26" s="5" t="str">
         <f>IF(E25=F25,"","Deben coincidir el importe total del presupuesto aceptado y el importe total del presupuesto modificado")</f>
         <v/>
       </c>
       <c r="B26" s="5"/>
       <c r="C26" s="5"/>
       <c r="D26" s="5"/>
     </row>
-    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A47" s="4"/>
       <c r="B47" s="4"/>
       <c r="C47" s="4"/>
       <c r="D47" s="4"/>
       <c r="E47" s="4"/>
       <c r="F47" s="4"/>
       <c r="G47" s="4"/>
       <c r="H47" s="4"/>
       <c r="I47" s="4"/>
     </row>
-    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A49" s="4"/>
       <c r="B49" s="4"/>
       <c r="C49" s="4"/>
       <c r="D49" s="4"/>
       <c r="E49" s="4"/>
       <c r="F49" s="4"/>
       <c r="G49" s="4"/>
       <c r="H49" s="4"/>
       <c r="I49" s="4"/>
     </row>
   </sheetData>
-  <sheetProtection password="CD7A" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="885e6Fjwzh58485/scrIQyxVXhBgyqaIher1ExduhBM2C96RzFLkTkD+PaYZu/CFzh6vnM2AgSgiZls7oUYbiQ==" saltValue="oG7qM/2zGAjthkcO58OfBg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="4">
     <mergeCell ref="H1:I1"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins left="0.47244094488188981" right="0.31496062992125984" top="0.74803149606299213" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.39370078740157483"/>
-  <pageSetup paperSize="9" scale="60" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="53" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;"Verdana,Cursiva"&amp;8&amp;K00-033Dirección General de Cultura-Institución Príncipe de Viana</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Modificaciones Presupuestarias</vt:lpstr>
     </vt:vector>